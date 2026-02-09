--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="679" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="382">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -885,50 +885,218 @@
   <si>
     <t>82</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_261.pdf</t>
   </si>
   <si>
     <t>Saneamento básico na Rua José Salvador da Cruz, localizado no bairro H.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_262.pdf</t>
   </si>
   <si>
     <t>Soliciatção de máquina para nivelação da rua e limpeza de mato na Rua josé Salvador da Cruz Localizada no Bairro H</t>
   </si>
   <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_263.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação que os correios passem a entregar correspondências no loteamento recanto da serra nas ruas: Rodrigo Valverde, Manoel Pereira da Silva e Augusta Mota da Silva</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_264.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do Coreto da Praça do Bomfim.</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_265.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de máquina na Rua da Jaqueira no Loteamento Fraga ( Rua do Ex-vereador Keleu) para nivelação e limpeza de mato</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_266.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de dois braços de luz na rua José Salvador da Cruz localizada no bairro H.</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_267.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação da reforma dos coretos, kioskes, bombeiros e do parquinho localizado no Parque Temático</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_268.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação da mudança dos pontos das Vans, que saiu do Ponto Certo para a Rua do Tanque</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_269.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação da limpeza do jardim que fica em frente ao Parque Temático e do jardim que fica em frente a creche Amabília.</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_270.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de raspagem, limpeza, pintura e reforma em alguns pontos que estão apresentando buracos na ciclovia</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_271.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de redutores de velocidade; na Creche Amabília, APAE, na Rua que da acesso ao Centro Administrativo, na entrada do Padre Piazza e na entrada do Loteamento Fraguinha (Rua Aldina Fraga)</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_272.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de faixa de pedestre no Parque Temático, creche Amabília, Posto de Saúde João Paulo II, APAE e Colégio Gastão Pedreira</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_273.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de conserto de 7 ares-condicionados, limpeza e higienização da caixa D'Agua, reposição de 23 cadeiras de salas, reparo em portas, portões, calhas e limpeza da área do prédio central na Escola Reunidas Duque de Caxias</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_274.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Limpeza, raspagem do calçamento e pintura do meio fio nas ruas dos bairros: H, Buriti, Lions Clube, Vila da Prata, Paraguai, Nova Brasília, Bom Jardim, Pulo do Bode, 7 Pecados, Loteamento Belo Vale, Loteamento Alta Andrade e Rua Avelino Matos</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_276.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de reparo na iluminação da ladeira Valdienia no Gravatá de Baixo</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_277.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de parquinhos, aparelhos aeróbicos e reforma da praça do Gravatá de Baixo, ao lado do Colégio Antônio Pereira da Mota.</t>
+  </si>
+  <si>
     <t>76</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_278.pdf</t>
   </si>
   <si>
     <t>Reparos na Escola Gastão Pedreira.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_279.pdf</t>
   </si>
   <si>
     <t>Materiais e Utensílios para Escola Gastão Pedreira.</t>
   </si>
   <si>
     <t>78</t>
@@ -991,65 +1159,50 @@
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_de_aplauso_036.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso para o Colégio Estadual Manoel Benedito Mascarenhas em São José do Itaporã.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/65/mocao_040.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal por meio desta Moção, manifestar Aplausos e Reconhecimentos ao Professor Fábio David Couto</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/74/mocao_de_aplauso_041.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso para o Padre Josevaldo Carvalho pelos 25 anos de Sacerdócio.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Encaminhamento de cópias de Lei.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1353,56 +1506,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/4/pl_1.459-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/64/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/5/pl_1.459-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/6/pl_1.462-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/7/pl_1.462-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_ei_1.472.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_1.473.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/9/pl_1.486-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/13/pl_1.487-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_1.488-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_1.489-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_1.490.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_1.491.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_1.492.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/33/pl_1493.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_1.494-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_1.495-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_1.496-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_1497.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_1498.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_1.499-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_1.500.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_1.501-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_1.502-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_1.503-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_1.493.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_resolucao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_resolucao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/8/mocao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_de_pesar_031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_de_pesar_032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_034.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_de_parabens_013.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_014_vereador_robson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/10/mocao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/11/mocao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/12/mocao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/14/mocao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/39/mocao_de_parabens_030.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_037.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_038.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_039.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/75/mocao_042.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/18/parecer_037.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/19/parecer_038.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/20/parecer_039.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/30/parecer_041.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/31/parecer_042.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/34/parecer_044.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/36/parecer_045.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/45/parecer_046.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_047.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_048.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/55/parecer__049.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/58/parecer_050.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/63/parecer_051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/1/robson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_248.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_249.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_251.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_258.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_260.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_261.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_278.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_279.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_280.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_281.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_282.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_033.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_de_aplauso_036.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/65/mocao_040.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/74/mocao_de_aplauso_041.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/84/oficio_111-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/4/pl_1.459-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/64/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/5/pl_1.459-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/6/pl_1.462-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/7/pl_1.462-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_ei_1.472.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_1.473.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/9/pl_1.486-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/13/pl_1.487-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/17/projeto_de_lei_1.488-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/24/projeto_de_lei_1.489-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_1.490.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_1.491.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_1.492.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/33/pl_1493.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_1.494-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_1.495-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_1.496-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_1497.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_1498.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/57/projeto_de_lei_1.499-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_1.500.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_1.501-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/70/projeto_de_lei_1.502-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_1.503-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_1.493.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/73/projeto_de_resolucao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/72/projeto_de_resolucao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/8/mocao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/40/mocao_de_pesar_031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/41/mocao_de_pesar_032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/50/mocao_034.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_de_parabens_013.1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_014_vereador_robson.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/10/mocao_026-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/11/mocao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/12/mocao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/14/mocao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/39/mocao_de_parabens_030.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/62/mocao_037.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/60/mocao_038.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/61/mocao_039.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/75/mocao_042.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/18/parecer_037.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/19/parecer_038.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/20/parecer_039.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/30/parecer_041.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/31/parecer_042.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/34/parecer_044.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/36/parecer_045.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/45/parecer_046.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_047.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_048.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/55/parecer__049.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/58/parecer_050.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/63/parecer_051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_052.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/1/robson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_248.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_249.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_251.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_255.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_258.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_259-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_260.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_261.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_267.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_268.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_269.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_270.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_271.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao_273.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_277.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_278.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_279.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_280.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_281.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao_282.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/47/mocao_033.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_de_aplauso_036.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/65/mocao_040.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.muritiba.ba.leg.br/media/sapl/public/materialegislativa/2025/74/mocao_de_aplauso_041.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H85"/>
+  <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3427,202 +3580,540 @@
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>307</v>
       </c>
       <c r="D79" t="s">
         <v>232</v>
       </c>
       <c r="E79" t="s">
         <v>233</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>308</v>
       </c>
       <c r="H79" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>212</v>
+        <v>310</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>10</v>
+        <v>311</v>
       </c>
       <c r="D80" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="E80" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F80" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H80" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>314</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>72</v>
+        <v>315</v>
       </c>
       <c r="D81" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="E81" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F81" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H81" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>205</v>
+        <v>319</v>
       </c>
       <c r="D82" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="E82" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F82" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H82" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>137</v>
+        <v>323</v>
       </c>
       <c r="D83" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="E83" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F83" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>141</v>
+        <v>327</v>
       </c>
       <c r="D84" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="E84" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F84" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="H84" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
+        <v>331</v>
+      </c>
+      <c r="D85" t="s">
+        <v>232</v>
+      </c>
+      <c r="E85" t="s">
+        <v>233</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H85" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>334</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>335</v>
+      </c>
+      <c r="D86" t="s">
+        <v>232</v>
+      </c>
+      <c r="E86" t="s">
+        <v>233</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H86" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>338</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>339</v>
+      </c>
+      <c r="D87" t="s">
+        <v>232</v>
+      </c>
+      <c r="E87" t="s">
+        <v>233</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H87" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>342</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" t="s">
+        <v>232</v>
+      </c>
+      <c r="E88" t="s">
+        <v>233</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H88" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>346</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>347</v>
+      </c>
+      <c r="D89" t="s">
+        <v>232</v>
+      </c>
+      <c r="E89" t="s">
+        <v>233</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H89" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>350</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>351</v>
+      </c>
+      <c r="D90" t="s">
+        <v>232</v>
+      </c>
+      <c r="E90" t="s">
+        <v>233</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H90" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>354</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>355</v>
+      </c>
+      <c r="D91" t="s">
+        <v>232</v>
+      </c>
+      <c r="E91" t="s">
+        <v>233</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H91" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>358</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>359</v>
+      </c>
+      <c r="D92" t="s">
+        <v>232</v>
+      </c>
+      <c r="E92" t="s">
+        <v>233</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H92" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>362</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>363</v>
+      </c>
+      <c r="D93" t="s">
+        <v>232</v>
+      </c>
+      <c r="E93" t="s">
+        <v>233</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H93" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>212</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>10</v>
       </c>
-      <c r="D85" t="s">
-[...12 lines deleted...]
-        <v>330</v>
+      <c r="D94" t="s">
+        <v>366</v>
+      </c>
+      <c r="E94" t="s">
+        <v>367</v>
+      </c>
+      <c r="F94" t="s">
+        <v>42</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H94" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>370</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>72</v>
+      </c>
+      <c r="D95" t="s">
+        <v>366</v>
+      </c>
+      <c r="E95" t="s">
+        <v>367</v>
+      </c>
+      <c r="F95" t="s">
+        <v>42</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H95" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>373</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>205</v>
+      </c>
+      <c r="D96" t="s">
+        <v>366</v>
+      </c>
+      <c r="E96" t="s">
+        <v>367</v>
+      </c>
+      <c r="F96" t="s">
+        <v>115</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H96" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>376</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>137</v>
+      </c>
+      <c r="D97" t="s">
+        <v>366</v>
+      </c>
+      <c r="E97" t="s">
+        <v>367</v>
+      </c>
+      <c r="F97" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H97" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>379</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>141</v>
+      </c>
+      <c r="D98" t="s">
+        <v>366</v>
+      </c>
+      <c r="E98" t="s">
+        <v>367</v>
+      </c>
+      <c r="F98" t="s">
+        <v>56</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H98" t="s">
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3667,50 +4158,63 @@
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>